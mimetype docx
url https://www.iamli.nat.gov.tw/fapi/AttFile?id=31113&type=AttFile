--- v0 (2025-10-31)
+++ v1 (2026-03-17)
@@ -1,73 +1,203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="4B6E711C" w14:textId="77777777" w:rsidR="00381BA9" w:rsidRPr="00381BA9" w:rsidRDefault="00381BA9" w:rsidP="00381BA9">
+    <w:p w14:paraId="4B6E711C" w14:textId="3AA3A539" w:rsidR="00381BA9" w:rsidRPr="00381BA9" w:rsidRDefault="00556379" w:rsidP="00381BA9">
       <w:pPr>
         <w:spacing w:afterLines="50" w:after="180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00381BA9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="00556379">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:kern w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DEBFB7B" wp14:editId="4CB9B011">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>6238875</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="609600" cy="323850"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="217" name="文字方塊 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="609600" cy="323850"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="37AE63D9" w14:textId="790139CC" w:rsidR="00556379" w:rsidRPr="00556379" w:rsidRDefault="00556379">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00556379">
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>附件一</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="3DEBFB7B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="文字方塊 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:491.25pt;margin-top:0;width:48pt;height:25.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBxnndPDwIAAB4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJkywx4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7ry+lpGnQbS/D9CCIInV0eEiurofOsINCr8GWfDzKOVNWQq3truTfv23f&#10;LDjzQdhaGLCq5A/K8+v161er3hVqAi2YWiEjEOuL3pW8DcEVWeZlqzrhR+CUJWcD2IlAJu6yGkVP&#10;6J3JJnk+z3rA2iFI5T3d3h6dfJ3wm0bJ8KVpvArMlJy4hbRj2qu4Z+uVKHYoXKvliYb4Bxad0JY+&#10;PUPdiiDYHvVvUJ2WCB6aMJLQZdA0WqqUA2Uzzl9kc98Kp1IuJI53Z5n8/4OVnw/37iuyMLyDgQqY&#10;kvDuDuQPzyxsWmF36gYR+laJmj4eR8my3vni9DRK7QsfQar+E9RUZLEPkICGBruoCuXJCJ0K8HAW&#10;XQ2BSbqc58t5Th5JrqvJ1WKWipKJ4umxQx8+KOhYPJQcqaYJXBzufIhkRPEUEv/yYHS91cYkA3fV&#10;xiA7CKr/Nq3E/0WYsawv+XI2mR3z/ytEntafIDodqJGN7kq+OAeJIqr23tapzYLQ5ngmysaeZIzK&#10;HTUMQzVQYJSzgvqBBEU4NiwNGB1awF+c9dSsJfc/9wIVZ+ajpaIsx9Np7O5kTGdvJ2Tgpae69Agr&#10;CarkgbPjcRPSRETBLNxQ8RqdhH1mcuJKTZj0Pg1M7PJLO0U9j/X6EQAA//8DAFBLAwQUAAYACAAA&#10;ACEAcBBK2N4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1WmibhjgV&#10;QgLRGxQEVzfeJhH2OthuGv6e7QmOoxnNvCnXo7NiwBA7TwqmkwwEUu1NR42C97fH6xxETJqMtp5Q&#10;wQ9GWFfnZ6UujD/SKw7b1AguoVhoBW1KfSFlrFt0Ok58j8Te3genE8vQSBP0kcudlbMsW0inO+KF&#10;Vvf40GL9tT04Bfnt8/AZNzcvH/Vib1fpajk8fQelLi/G+zsQCcf0F4YTPqNDxUw7fyAThVWwymdz&#10;jirgRyc7W+asdwrm0wxkVcr/B6pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHGed08P&#10;AgAAHgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHAQ&#10;StjeAAAACAEAAA8AAAAAAAAAAAAAAAAAaQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="37AE63D9" w14:textId="790139CC" w:rsidR="00556379" w:rsidRPr="00556379" w:rsidRDefault="00556379">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00556379">
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>附件一</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00381BA9" w:rsidRPr="00381BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t>申租農田水利事業作業基金非事業用不動產整合切結書</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66F6133D" w14:textId="5469D0EF" w:rsidR="00381BA9" w:rsidRPr="00381BA9" w:rsidRDefault="00381BA9" w:rsidP="00381BA9">
+    <w:p w14:paraId="66F6133D" w14:textId="64FF8BD0" w:rsidR="00381BA9" w:rsidRPr="00381BA9" w:rsidRDefault="00381BA9" w:rsidP="00381BA9">
       <w:pPr>
         <w:spacing w:line="720" w:lineRule="exact"/>
         <w:ind w:left="640" w:hangingChars="200" w:hanging="640"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00381BA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>一、</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00381BA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="1"/>
@@ -81,53 +211,62 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A20189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00381BA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>向貴署申租</w:t>
+        <w:t>向貴署申</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00381BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>租</w:t>
+      </w:r>
       <w:r w:rsidR="00A20189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A20189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00381BA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="1"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:eastAsianLayout w:id="-1412738048" w:combine="1"/>
@@ -964,51 +1103,71 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="hi-IN"/>
         </w:rPr>
         <w:t>相關拆除費用</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00381BA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="hi-IN"/>
         </w:rPr>
         <w:t>由立書人</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00381BA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="hi-IN"/>
         </w:rPr>
-        <w:t>自行負擔，不得向貴署要求任何補償。</w:t>
+        <w:t>自行負擔，不得</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00381BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>向貴署</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00381BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>要求任何補償。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65D730FC" w14:textId="77777777" w:rsidR="00381BA9" w:rsidRPr="00381BA9" w:rsidRDefault="00381BA9" w:rsidP="00381BA9">
       <w:pPr>
         <w:spacing w:line="720" w:lineRule="exact"/>
         <w:ind w:leftChars="150" w:left="1160" w:hangingChars="250" w:hanging="800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00381BA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r w:rsidRPr="00381BA9">
         <w:rPr>
@@ -1374,51 +1533,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="hi-IN"/>
         </w:rPr>
         <w:t>倘損及</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00381BA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="hi-IN"/>
         </w:rPr>
         <w:t>他人權益並願負相關法律責任</w:t>
       </w:r>
       <w:r w:rsidRPr="00381BA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="hi-IN"/>
         </w:rPr>
-        <w:t>，不得向貴署要求任何補償。</w:t>
+        <w:t>，不得</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00381BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>向貴署</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00381BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t>要求任何補償。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65A7A098" w14:textId="77777777" w:rsidR="00381BA9" w:rsidRPr="00381BA9" w:rsidRDefault="00381BA9" w:rsidP="00381BA9">
       <w:pPr>
         <w:ind w:left="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="hi-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00381BA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="hi-IN"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00381BA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
@@ -1687,224 +1866,228 @@
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="453D9D52" w14:textId="75D5E58B" w:rsidR="00075489" w:rsidRPr="00381BA9" w:rsidRDefault="00075489" w:rsidP="00381BA9">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00075489" w:rsidRPr="00381BA9" w:rsidSect="00381BA9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E9D6E73" w14:textId="77777777" w:rsidR="0075139D" w:rsidRDefault="0075139D" w:rsidP="00A20189">
+    <w:p w14:paraId="427145C4" w14:textId="77777777" w:rsidR="00437963" w:rsidRDefault="00437963" w:rsidP="00A20189">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E97A562" w14:textId="77777777" w:rsidR="0075139D" w:rsidRDefault="0075139D" w:rsidP="00A20189">
+    <w:p w14:paraId="03DDD81F" w14:textId="77777777" w:rsidR="00437963" w:rsidRDefault="00437963" w:rsidP="00A20189">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E8E8E62" w14:textId="77777777" w:rsidR="0075139D" w:rsidRDefault="0075139D" w:rsidP="00A20189">
+    <w:p w14:paraId="26CE71FF" w14:textId="77777777" w:rsidR="00437963" w:rsidRDefault="00437963" w:rsidP="00A20189">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32E2CCAA" w14:textId="77777777" w:rsidR="0075139D" w:rsidRDefault="0075139D" w:rsidP="00A20189">
+    <w:p w14:paraId="3C9EDBE5" w14:textId="77777777" w:rsidR="00437963" w:rsidRDefault="00437963" w:rsidP="00A20189">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="taiwaneseCountingThousand"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="450"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="703554126">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00381BA9"/>
     <w:rsid w:val="0003552D"/>
     <w:rsid w:val="00075489"/>
+    <w:rsid w:val="000803EA"/>
+    <w:rsid w:val="00330DDC"/>
     <w:rsid w:val="00381BA9"/>
+    <w:rsid w:val="00437963"/>
+    <w:rsid w:val="00556379"/>
     <w:rsid w:val="00654564"/>
     <w:rsid w:val="0075139D"/>
     <w:rsid w:val="00986015"/>
     <w:rsid w:val="00A20189"/>
     <w:rsid w:val="00A45FF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2977888B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D4161766-9DEA-4521-96CB-FE38B0F50DDA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -2690,55 +2873,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>403</Words>
-  <Characters>408</Characters>
+  <Words>121</Words>
+  <Characters>691</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
-  <Paragraphs>50</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>761</CharactersWithSpaces>
+  <CharactersWithSpaces>811</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>徐榕璟</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>